--- v0 (2026-01-01)
+++ v1 (2026-02-21)
@@ -15,81 +15,81 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdWorkbook" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
     <Relationship Id="rIdCore" Type="http://schemas.openxmlformats.org/officedocument/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
     <Relationship Id="rIdApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Přehled obchodníků" sheetId="1" r:id="rIdSheet1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
   <si>
     <t xml:space="preserve">Kino Luna</t>
   </si>
   <si>
     <t xml:space="preserve">Výškovická 113</t>
   </si>
   <si>
-    <t xml:space="preserve">Ostrava - Zábřeh</t>
+    <t xml:space="preserve">Ostrava-Zábřeh</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura</t>
   </si>
   <si>
     <t xml:space="preserve">Komorní klub</t>
   </si>
   <si>
     <t xml:space="preserve">Velflíkova 8</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava-Hrabůvka</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura</t>
   </si>
   <si>
     <t xml:space="preserve">Kulturní dům K-Trio</t>
   </si>
   <si>
     <t xml:space="preserve">Dr. Martínka 1439/4</t>
   </si>
   <si>
-    <t xml:space="preserve">Ostrava-Hrabůvka</t>
+    <t xml:space="preserve">Ostrava - Hrabůvka</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>