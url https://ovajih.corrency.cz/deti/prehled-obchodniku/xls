--- v0 (2025-10-05)
+++ v1 (2025-11-21)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdWorkbook" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
     <Relationship Id="rIdCore" Type="http://schemas.openxmlformats.org/officedocument/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
     <Relationship Id="rIdApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Přehled obchodníků" sheetId="1" r:id="rIdSheet1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="690" uniqueCount="690">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="695" uniqueCount="695">
   <si>
     <t xml:space="preserve">1. Bruslařský klub Buď INline Ostrava, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Kubalova 394/59</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Výškovice</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">1. Judo club Baník Ostrava, z.s. - MŠ a ZŠ Mitušova</t>
   </si>
   <si>
     <t xml:space="preserve">Mitušova 1126/6</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Hrabůvka</t>
   </si>
   <si>
@@ -1561,50 +1561,65 @@
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">SK Vítkovice 1926 - Ridera, z. s.</t>
   </si>
   <si>
     <t xml:space="preserve">Závodní 2885/86</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Vítkovice</t>
   </si>
   <si>
     <t xml:space="preserve">70300</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura, Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">Ski 365</t>
   </si>
   <si>
     <t xml:space="preserve">Rudná 3120/126</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava-JIh</t>
+  </si>
+  <si>
+    <t xml:space="preserve">70030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sport Club Metalurg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">U Studia 67/29</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ostrava-jih</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">Sportovní akademie Ostrava, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Bohumíra Dvorského 1049/1</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Bělský Les</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">Sportovní basketbalová škola Ostrava z.s.</t>
   </si>
@@ -4474,43 +4489,60 @@
       </c>
       <c r="D137" s="0" t="s">
         <v>683</v>
       </c>
       <c r="E137" s="0" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="138" spans="1:5">
       <c r="A138" s="0" t="s">
         <v>685</v>
       </c>
       <c r="B138" s="0" t="s">
         <v>686</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>687</v>
       </c>
       <c r="D138" s="0" t="s">
         <v>688</v>
       </c>
       <c r="E138" s="0" t="s">
         <v>689</v>
       </c>
     </row>
+    <row r="139" spans="1:5">
+      <c r="A139" s="0" t="s">
+        <v>690</v>
+      </c>
+      <c r="B139" s="0" t="s">
+        <v>691</v>
+      </c>
+      <c r="C139" s="0" t="s">
+        <v>692</v>
+      </c>
+      <c r="D139" s="0" t="s">
+        <v>693</v>
+      </c>
+      <c r="E139" s="0" t="s">
+        <v>694</v>
+      </c>
+    </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>