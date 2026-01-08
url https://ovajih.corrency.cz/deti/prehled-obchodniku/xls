--- v1 (2025-11-21)
+++ v2 (2026-01-08)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdWorkbook" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
     <Relationship Id="rIdCore" Type="http://schemas.openxmlformats.org/officedocument/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
     <Relationship Id="rIdApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Přehled obchodníků" sheetId="1" r:id="rIdSheet1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="695" uniqueCount="695">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="700" uniqueCount="700">
   <si>
     <t xml:space="preserve">1. Bruslařský klub Buď INline Ostrava, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Kubalova 394/59</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Výškovice</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">1. Judo club Baník Ostrava, z.s. - MŠ a ZŠ Mitušova</t>
   </si>
   <si>
     <t xml:space="preserve">Mitušova 1126/6</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Hrabůvka</t>
   </si>
   <si>
@@ -1524,50 +1524,65 @@
   <si>
     <t xml:space="preserve">Ostrava - Zábřeh</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">Ševčík - Moravský folklórní soubor, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Náměstí Slovenského národního povstání 2012/1</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">SH ČMS - Sbor dobrovolných hasičů Ostrava-Zábřeh</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dolní 629/51</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ostrava - Zábřeh</t>
+  </si>
+  <si>
+    <t xml:space="preserve">70030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
     <t xml:space="preserve">SHOTOKAN KARATE KLUB ATTFIS, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Alberta Kučery 20</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Hrabůvka</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">SK Vítkovice 1926 - Ridera, z. s.</t>
   </si>
   <si>
     <t xml:space="preserve">Závodní 2885/86</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Vítkovice</t>
   </si>
   <si>
     <t xml:space="preserve">70300</t>
@@ -1677,84 +1692,84 @@
   <si>
     <t xml:space="preserve">70900</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
     <t xml:space="preserve">Středisko volného času, Ostrava - Moravská Ostrava, příspěvková organizace</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrčilova 2925/19</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Moravská Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70200</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
     <t xml:space="preserve">Středisko volného času, Ostrava - Zábřeh, příspěvková organizace</t>
   </si>
   <si>
+    <t xml:space="preserve">V Zálomu 1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ostrava-Zábřeh</t>
+  </si>
+  <si>
+    <t xml:space="preserve">70030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Středisko volného času, Ostrava - Zábřeh, příspěvková organizace</t>
+  </si>
+  <si>
     <t xml:space="preserve">Gurťjevova 1823/8</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Zábřeh</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">Středisko volného času, Ostrava - Zábřeh, příspěvková organizace</t>
   </si>
   <si>
     <t xml:space="preserve">Jaromíra Matuška 26a</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava-Dubina</t>
-  </si>
-[...13 lines deleted...]
-    <t xml:space="preserve">Ostrava-Zábřeh</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">Sundara z. s.</t>
   </si>
   <si>
     <t xml:space="preserve">Dvorní 756/9</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">Sundara z.s.</t>
   </si>
@@ -4506,43 +4521,60 @@
       </c>
       <c r="D138" s="0" t="s">
         <v>688</v>
       </c>
       <c r="E138" s="0" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="139" spans="1:5">
       <c r="A139" s="0" t="s">
         <v>690</v>
       </c>
       <c r="B139" s="0" t="s">
         <v>691</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>692</v>
       </c>
       <c r="D139" s="0" t="s">
         <v>693</v>
       </c>
       <c r="E139" s="0" t="s">
         <v>694</v>
       </c>
     </row>
+    <row r="140" spans="1:5">
+      <c r="A140" s="0" t="s">
+        <v>695</v>
+      </c>
+      <c r="B140" s="0" t="s">
+        <v>696</v>
+      </c>
+      <c r="C140" s="0" t="s">
+        <v>697</v>
+      </c>
+      <c r="D140" s="0" t="s">
+        <v>698</v>
+      </c>
+      <c r="E140" s="0" t="s">
+        <v>699</v>
+      </c>
+    </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>